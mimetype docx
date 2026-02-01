--- v0 (2025-10-30)
+++ v1 (2026-02-01)
@@ -638,72 +638,88 @@
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nahrazuje směrnici</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3041" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51F83E20" w14:textId="542F01EE" w:rsidR="002C54E3" w:rsidRDefault="006251EC">
+          <w:p w14:paraId="51F83E20" w14:textId="4FD5A91D" w:rsidR="002C54E3" w:rsidRDefault="0067267E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>3/2023</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="006251EC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3041" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B7425C5" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="002C54E3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -23190,58 +23206,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ů a ošetření střetu zájmů.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002C54E3">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38F7E22C" w14:textId="77777777" w:rsidR="00A93E12" w:rsidRDefault="00A93E12">
+    <w:p w14:paraId="5D65645C" w14:textId="77777777" w:rsidR="00EB27A4" w:rsidRDefault="00EB27A4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E37F26E" w14:textId="77777777" w:rsidR="00A93E12" w:rsidRDefault="00A93E12">
+    <w:p w14:paraId="3303DB69" w14:textId="77777777" w:rsidR="00EB27A4" w:rsidRDefault="00EB27A4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -23343,58 +23359,58 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3A1B8C17" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="002C54E3">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69350E30" w14:textId="77777777" w:rsidR="00A93E12" w:rsidRDefault="00A93E12">
+    <w:p w14:paraId="723CA632" w14:textId="77777777" w:rsidR="00EB27A4" w:rsidRDefault="00EB27A4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26FEC46D" w14:textId="77777777" w:rsidR="00A93E12" w:rsidRDefault="00A93E12">
+    <w:p w14:paraId="4F5E7908" w14:textId="77777777" w:rsidR="00EB27A4" w:rsidRDefault="00EB27A4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6CBADA3E" w14:textId="16343EA1" w:rsidR="001C6BFE" w:rsidRDefault="00043794" w:rsidP="00BE21BD">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DE0A73B" wp14:editId="08DA6B53">
           <wp:extent cx="4596765" cy="654147"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2075786684" name="Obrázek 1"/>
           <wp:cNvGraphicFramePr>
@@ -28693,50 +28709,51 @@
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C54E3"/>
     <w:rsid w:val="0000540E"/>
     <w:rsid w:val="0000617A"/>
     <w:rsid w:val="0000649F"/>
     <w:rsid w:val="000126FD"/>
     <w:rsid w:val="0001747A"/>
     <w:rsid w:val="000239A0"/>
     <w:rsid w:val="000369AF"/>
     <w:rsid w:val="00037E6A"/>
     <w:rsid w:val="0004065B"/>
     <w:rsid w:val="00043794"/>
+    <w:rsid w:val="0004381A"/>
     <w:rsid w:val="00074988"/>
     <w:rsid w:val="00084D3C"/>
     <w:rsid w:val="000917B1"/>
     <w:rsid w:val="00097B5F"/>
     <w:rsid w:val="000B0F02"/>
     <w:rsid w:val="000B7DE4"/>
     <w:rsid w:val="000C30F6"/>
     <w:rsid w:val="000D60BD"/>
     <w:rsid w:val="000E2539"/>
     <w:rsid w:val="000F2401"/>
     <w:rsid w:val="000F272C"/>
     <w:rsid w:val="000F4922"/>
     <w:rsid w:val="00107513"/>
     <w:rsid w:val="0011044C"/>
     <w:rsid w:val="0012247B"/>
     <w:rsid w:val="00122861"/>
     <w:rsid w:val="00125CEC"/>
     <w:rsid w:val="00130CC0"/>
     <w:rsid w:val="001333A4"/>
     <w:rsid w:val="00141FB6"/>
     <w:rsid w:val="00163FAD"/>
     <w:rsid w:val="00170D32"/>
     <w:rsid w:val="001804FE"/>
     <w:rsid w:val="001C6BFE"/>
     <w:rsid w:val="001D1A99"/>
@@ -28783,50 +28800,51 @@
     <w:rsid w:val="00523881"/>
     <w:rsid w:val="00535F23"/>
     <w:rsid w:val="005430BD"/>
     <w:rsid w:val="005445D2"/>
     <w:rsid w:val="0054541E"/>
     <w:rsid w:val="005470F6"/>
     <w:rsid w:val="00553D4C"/>
     <w:rsid w:val="00556D76"/>
     <w:rsid w:val="00581367"/>
     <w:rsid w:val="005A49A0"/>
     <w:rsid w:val="005A5629"/>
     <w:rsid w:val="005B23E5"/>
     <w:rsid w:val="005B49AC"/>
     <w:rsid w:val="005C13A1"/>
     <w:rsid w:val="005C7CC6"/>
     <w:rsid w:val="005E5F4B"/>
     <w:rsid w:val="005E7C83"/>
     <w:rsid w:val="00603D57"/>
     <w:rsid w:val="00610092"/>
     <w:rsid w:val="00611132"/>
     <w:rsid w:val="00615C84"/>
     <w:rsid w:val="006251EC"/>
     <w:rsid w:val="00644696"/>
     <w:rsid w:val="00663941"/>
     <w:rsid w:val="006643BC"/>
+    <w:rsid w:val="0067267E"/>
     <w:rsid w:val="00676802"/>
     <w:rsid w:val="00691E87"/>
     <w:rsid w:val="006B5A51"/>
     <w:rsid w:val="006C02B3"/>
     <w:rsid w:val="006D1FD9"/>
     <w:rsid w:val="006D2022"/>
     <w:rsid w:val="006D43CA"/>
     <w:rsid w:val="006F0A6A"/>
     <w:rsid w:val="006F4A81"/>
     <w:rsid w:val="007002AE"/>
     <w:rsid w:val="00722B59"/>
     <w:rsid w:val="00731FD5"/>
     <w:rsid w:val="0073734F"/>
     <w:rsid w:val="007424C4"/>
     <w:rsid w:val="007600AA"/>
     <w:rsid w:val="007623B8"/>
     <w:rsid w:val="0078142B"/>
     <w:rsid w:val="00794492"/>
     <w:rsid w:val="007C33AE"/>
     <w:rsid w:val="007D1E36"/>
     <w:rsid w:val="007E0AE3"/>
     <w:rsid w:val="007E30A5"/>
     <w:rsid w:val="00820DC7"/>
     <w:rsid w:val="00821E5E"/>
     <w:rsid w:val="00823744"/>
@@ -28895,50 +28913,51 @@
     <w:rsid w:val="00D72B7F"/>
     <w:rsid w:val="00D758EB"/>
     <w:rsid w:val="00D85D03"/>
     <w:rsid w:val="00D94659"/>
     <w:rsid w:val="00D95C17"/>
     <w:rsid w:val="00DA186F"/>
     <w:rsid w:val="00DA38FA"/>
     <w:rsid w:val="00DA742F"/>
     <w:rsid w:val="00DC7DAF"/>
     <w:rsid w:val="00DE3E14"/>
     <w:rsid w:val="00E038F2"/>
     <w:rsid w:val="00E12611"/>
     <w:rsid w:val="00E20885"/>
     <w:rsid w:val="00E21FED"/>
     <w:rsid w:val="00E43F92"/>
     <w:rsid w:val="00E56B02"/>
     <w:rsid w:val="00E62011"/>
     <w:rsid w:val="00E636F4"/>
     <w:rsid w:val="00E850AB"/>
     <w:rsid w:val="00E871AC"/>
     <w:rsid w:val="00E929F4"/>
     <w:rsid w:val="00E95527"/>
     <w:rsid w:val="00EA3475"/>
     <w:rsid w:val="00EA49A4"/>
     <w:rsid w:val="00EA6303"/>
+    <w:rsid w:val="00EB27A4"/>
     <w:rsid w:val="00EB4B90"/>
     <w:rsid w:val="00EC57DC"/>
     <w:rsid w:val="00EE1932"/>
     <w:rsid w:val="00EF7FFD"/>
     <w:rsid w:val="00F0591C"/>
     <w:rsid w:val="00F07F21"/>
     <w:rsid w:val="00F27E9F"/>
     <w:rsid w:val="00F35D23"/>
     <w:rsid w:val="00F571B3"/>
     <w:rsid w:val="00F62704"/>
     <w:rsid w:val="00F71ADA"/>
     <w:rsid w:val="00F71C01"/>
     <w:rsid w:val="00F72E1F"/>
     <w:rsid w:val="00F75ABD"/>
     <w:rsid w:val="00F826E0"/>
     <w:rsid w:val="00F82987"/>
     <w:rsid w:val="00FA1089"/>
     <w:rsid w:val="00FC3D22"/>
     <w:rsid w:val="00FC6A6A"/>
     <w:rsid w:val="00FC79DC"/>
     <w:rsid w:val="00FD5EEF"/>
     <w:rsid w:val="00FD6134"/>
     <w:rsid w:val="00FD780E"/>
     <w:rsid w:val="00FE23BB"/>
     <w:rsid w:val="00FE5740"/>