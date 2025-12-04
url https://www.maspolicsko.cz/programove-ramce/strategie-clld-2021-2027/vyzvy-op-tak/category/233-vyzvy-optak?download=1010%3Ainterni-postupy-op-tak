--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -5,51 +5,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="47506B98" w14:textId="29FBC320" w:rsidR="001C6BFE" w:rsidRDefault="0000540E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -431,74 +431,92 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3040"/>
         <w:gridCol w:w="3041"/>
         <w:gridCol w:w="3041"/>
       </w:tblGrid>
       <w:tr w:rsidR="002C54E3" w14:paraId="45CD019D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9122" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="639E2A63" w14:textId="04663AE3" w:rsidR="002C54E3" w:rsidRDefault="00523881">
+          <w:p w14:paraId="639E2A63" w14:textId="68AE17FC" w:rsidR="002C54E3" w:rsidRDefault="00523881">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Směrnice CLLD č. 1/20</w:t>
+              <w:t xml:space="preserve">Směrnice CLLD č. </w:t>
+            </w:r>
+            <w:r w:rsidR="00990AB5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000D60BD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C54E3" w14:paraId="7CC6FF67" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="552"/>
         </w:trPr>
         <w:tc>
@@ -1280,746 +1298,746 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00DE3E14">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA38FA">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00DE3E14">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1D37D0AB" w14:textId="42A780C1" w:rsidR="00DE3E14" w:rsidRDefault="00421CB6">
+        <w:p w14:paraId="1D37D0AB" w14:textId="42A780C1" w:rsidR="00DE3E14" w:rsidRDefault="00DE3E14">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc132185384" w:history="1">
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Identifikace MAS</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc132185384 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA38FA">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="014D04CB" w14:textId="2C1DEDA0" w:rsidR="00DE3E14" w:rsidRDefault="00421CB6">
+        <w:p w14:paraId="014D04CB" w14:textId="2C1DEDA0" w:rsidR="00DE3E14" w:rsidRDefault="00DE3E14">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc132185385" w:history="1">
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Výzvy MAS v rámci IROP</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc132185385 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA38FA">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="02BD9CF7" w14:textId="791E0249" w:rsidR="00DE3E14" w:rsidRDefault="00421CB6">
+        <w:p w14:paraId="02BD9CF7" w14:textId="791E0249" w:rsidR="00DE3E14" w:rsidRDefault="00DE3E14">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc132185386" w:history="1">
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Hodnocení a výběr projektových záměrů</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc132185386 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA38FA">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F3B7291" w14:textId="3C2E67DB" w:rsidR="00DE3E14" w:rsidRDefault="00421CB6">
+        <w:p w14:paraId="3F3B7291" w14:textId="3C2E67DB" w:rsidR="00DE3E14" w:rsidRDefault="00DE3E14">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc132185387" w:history="1">
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Přezkum hodnocení projektových záměrů</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc132185387 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA38FA">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="66A70AE9" w14:textId="1AC358EE" w:rsidR="00DE3E14" w:rsidRDefault="00421CB6">
+        <w:p w14:paraId="66A70AE9" w14:textId="1AC358EE" w:rsidR="00DE3E14" w:rsidRDefault="00DE3E14">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc132185388" w:history="1">
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Opatření proti střetu zájmů</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc132185388 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA38FA">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="315A8342" w14:textId="1124591B" w:rsidR="00DE3E14" w:rsidRDefault="00421CB6">
+        <w:p w14:paraId="315A8342" w14:textId="1124591B" w:rsidR="00DE3E14" w:rsidRDefault="00DE3E14">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc132185389" w:history="1">
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Auditní stopa, archivace</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc132185389 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA38FA">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="786A430E" w14:textId="219785BC" w:rsidR="00DE3E14" w:rsidRDefault="00421CB6">
+        <w:p w14:paraId="786A430E" w14:textId="219785BC" w:rsidR="00DE3E14" w:rsidRDefault="00DE3E14">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc132185390" w:history="1">
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Nesrovnalosti</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc132185390 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA38FA">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F9B6640" w14:textId="026B4BED" w:rsidR="00DE3E14" w:rsidRDefault="00421CB6">
+        <w:p w14:paraId="1F9B6640" w14:textId="026B4BED" w:rsidR="00DE3E14" w:rsidRDefault="00DE3E14">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc132185391" w:history="1">
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14" w:rsidRPr="00102846">
+            <w:r w:rsidRPr="00102846">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Komunikace s žadateli a partnery</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc132185391 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA38FA">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="00DE3E14">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="65DE6FF4" w14:textId="27AE69F6" w:rsidR="00F826E0" w:rsidRDefault="00F826E0">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="43B6B639" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="002C54E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
@@ -2420,83 +2438,73 @@
     <w:p w14:paraId="3AB654C3" w14:textId="34D827B1" w:rsidR="002C54E3" w:rsidRPr="00335265" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Interní postupy jsou zpracované jako dokument v programovém období </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C77A9C" w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00C77A9C" w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2027</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">2027 </w:t>
       </w:r>
       <w:r w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pro </w:t>
       </w:r>
       <w:r w:rsidR="00BE21BD" w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Operační program Technologie a </w:t>
       </w:r>
       <w:r w:rsidR="00E20885" w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
@@ -2654,77 +2662,59 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149668D4" w14:textId="5F2CB3D1" w:rsidR="002C54E3" w:rsidRPr="00335265" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">MAS nevyhlašuje výzvy bez </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">vypracovaných </w:t>
+        <w:t xml:space="preserve">MAS nevyhlašuje výzvy bez vypracovaných </w:t>
       </w:r>
       <w:r w:rsidR="00C446FD" w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> schválených </w:t>
+        <w:t xml:space="preserve"> a schválených </w:t>
       </w:r>
       <w:r w:rsidRPr="00335265">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69404728" w14:textId="6715FFA7" w:rsidR="002C54E3" w:rsidRPr="00335265" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3018,62 +3008,52 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">MAS </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>MAS POLIČSKO  z.s.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7801F366" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Právní subjektivita:</w:t>
       </w:r>
       <w:r>
@@ -3704,79 +3684,69 @@
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r w:rsidR="00C446FD">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Kompetence povinných orgánů MAS jsou stanoveny platnými Stanovami MAS </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">http://www.maspolicsko.cz/dokumenty/category/70-stanovy </w:t>
+        <w:t xml:space="preserve">. Kompetence povinných orgánů MAS jsou stanoveny platnými Stanovami MAS http://www.maspolicsko.cz/dokumenty/category/70-stanovy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vnitřní směrnic</w:t>
       </w:r>
       <w:r w:rsidR="00556D76">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>í</w:t>
       </w:r>
@@ -3932,136 +3902,108 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valná hromada </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">je nejvyšším orgánem místní akční skupiny. Valná hromada je tvořena všemi členy spolku, přičemž veřejný sektor ani žádná ze zájmových skupin nepředstavuje více než </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> hlasovacích práv. Valná hromada je usnášeníschopná, je-li přítomná nadpoloviční většina členů spolku a rozhoduje nadpoloviční většina hlasů přítomných členů. </w:t>
+        <w:t xml:space="preserve">je nejvyšším orgánem místní akční skupiny. Valná hromada je tvořena všemi členy spolku, přičemž veřejný sektor ani žádná ze zájmových skupin nepředstavuje více než 49% hlasovacích práv. Valná hromada je usnášeníschopná, je-li přítomná nadpoloviční většina členů spolku a rozhoduje nadpoloviční většina hlasů přítomných členů. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D8ACA92" w14:textId="363277D5" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jednání je upraveno Jednacím řádem, ve kterém je upraven vzorec přepočtu hlasovacích práv. Pravomoci valné hromady upravují Standardy MAS. Valná hromad</w:t>
       </w:r>
       <w:r w:rsidR="00EA49A4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EA49A4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">má  </w:t>
       </w:r>
       <w:r w:rsidR="00556D76" w:rsidRPr="00EA49A4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>51</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">51 </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA49A4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>členů</w:t>
       </w:r>
       <w:r w:rsidR="00EA49A4" w:rsidRPr="00EA49A4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> k 31. 3.2023.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708A0EF0" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
@@ -5200,69 +5142,51 @@
         <w:t xml:space="preserve">Jednotlivé parametry nemusí být splněny zároveň. Při výběru bude zohledněna především praxe v požadovaném oboru. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F88388C" w14:textId="4C5329C5" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nominace externích hodnotitelů předkládá výběrové komisi kancelář MAS </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> resp. projektový manažer programového rámce na základě žádosti členů výběrové komise, řídících orgánů nebo </w:t>
+        <w:t xml:space="preserve">Nominace externích hodnotitelů předkládá výběrové komisi kancelář MAS POLIČSKO resp. projektový manažer programového rámce na základě žádosti členů výběrové komise, řídících orgánů nebo </w:t>
       </w:r>
       <w:r w:rsidR="00A203D3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>podnikatelského</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> manažera programového rámce. Společně s nominací předloží odůvodnění nominace, včetně informace o odbornosti k výkonu funkce externího hodnotitele.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37EE3C0F" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="002C54E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
@@ -5302,69 +5226,51 @@
         <w:t xml:space="preserve">Kontrolní komise </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC59801" w14:textId="5D20D5DF" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kontrolní komise je Kontrolním orgánem MAS. Členové Kontrolního orgánu jsou voleni z členů MAS, přičemž veřejný sektor ani žádná ze zájmových skupin nepřesáhne 49 % hlasovacích práv. Kontrolní komise má nejméně 3 členy volené valnou hromadou. Počet členů kontrolní komise pro konkrétní funkční období určuje valná hromada, která volí členy </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Kontrolní komise je Kontrolním orgánem MAS. Členové Kontrolního orgánu jsou voleni z členů MAS, přičemž veřejný sektor ani žádná ze zájmových skupin nepřesáhne 49 % hlasovacích práv. Kontrolní komise má nejméně 3 členy volené valnou hromadou. Počet členů kontrolní komise pro konkrétní funkční období určuje valná hromada, která volí členy kontrolní  komise. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60652CA9" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
@@ -6036,67 +5942,57 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>spolupráce se všemi orgány MAS a koordinace jejich činností v souladu se schválenými stanovami a vnitřními předpisy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D717244" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> zprávu ve spolupráci s programovým výborem</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>zpracovává  výroční zprávu ve spolupráci s programovým výborem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04399D15" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
@@ -7086,76 +6982,66 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pouze poskytují konzultační servis žadateli při zpracování </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ŽoD</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, realizaci projektu a vyúčtování </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ŽoD</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  i</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> v době udržitelnosti projektu. Vedoucí zaměstnanec pro realizaci SCLLD i projektový manažer </w:t>
+        <w:t xml:space="preserve">  i v době udržitelnosti projektu. Vedoucí zaměstnanec pro realizaci SCLLD i projektový manažer </w:t>
       </w:r>
       <w:r w:rsidR="00122861" w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OP TAK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mohou být přítomni při věcném hodnocení </w:t>
       </w:r>
       <w:r w:rsidR="00A16071">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>projektových záměrů</w:t>
       </w:r>
@@ -7932,69 +7818,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">MAS vyhlašuje výzvu až po vyhlášení výzvy řídícím orgánem (ŘO), ke které se váže a po zpřístupnění žádosti o podporu </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">MAS vyhlašuje výzvu až po vyhlášení výzvy řídícím orgánem (ŘO), ke které se váže a po zpřístupnění žádosti o podporu v  systému </w:t>
       </w:r>
       <w:r w:rsidR="00A9747C" w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MS2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">+ a nemůže ji ukončit později, než je stanoveno datum ukončení příjmu žádostí ve výzvě ŘO </w:t>
       </w:r>
       <w:r w:rsidR="007E0AE3" w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OP TAK</w:t>
       </w:r>
@@ -8989,77 +8857,59 @@
         </w:rPr>
         <w:t>Změna výzvy musí být řádně odůvodněná, tzn., že upravený text výzvy musí obsahovat popis změny, důvod provedení změny, případné dopady na žadatele/příjemce, pokud ve výzvě doposud nebyl ukončen příjem žádostí o</w:t>
       </w:r>
       <w:r w:rsidR="00F71ADA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vydání souladu </w:t>
       </w:r>
       <w:r w:rsidR="00A203D3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>podnikatelského</w:t>
       </w:r>
       <w:r w:rsidR="00F71ADA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> záměru se schválenou SCLLD MAS POLIČSKO </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> záměru se schválenou SCLLD MAS POLIČSKO z.s.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="049B02DA" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Změny kolové výzvy MAS, které není možné provést:</w:t>
@@ -10957,69 +10807,51 @@
         <w:t>Kontrolní listy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42620B22" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ke každé fázi hodnocení (KFNP a </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> vytvořeny kontrolní listy, které obsahují : </w:t>
+        <w:t xml:space="preserve">Ke každé fázi hodnocení (KFNP a VH)  jsou vytvořeny kontrolní listy, které obsahují : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4651E042" w14:textId="511C1A97" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
@@ -11412,89 +11244,69 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> posuzována, uvede referenční dokumenty, ze kterých bude hodnocení každého kritéria vycházet. Kontrolní listy obsahují hodnoticí kritéria, která jsou </w:t>
       </w:r>
       <w:r w:rsidRPr="00581367">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="002948C9" w:rsidRPr="00581367">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">e </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="002948C9" w:rsidRPr="00581367">
+        <w:t xml:space="preserve">e zveřejněné </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00581367">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">zveřejněné </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00581367">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> MAS. Dále </w:t>
+        <w:t xml:space="preserve">výzvě MAS. Dále </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>obsahují podotázky na hlavní kritéria a odkazují se na totožné referenční dokumenty, které jsou uvedené u hodnoticích kritérií schválených s výzvou MAS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="105BF3BB" w14:textId="138C6D94" w:rsidR="002C54E3" w:rsidRPr="00AF7EFD" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc132185386"/>
@@ -11675,75 +11487,65 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Věcné hodnocení </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00823744">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">záměrů </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>- provádí</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> výběrová komise. </w:t>
+        <w:t xml:space="preserve">- provádí výběrová komise. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01ECD36D" w14:textId="50A5CC28" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -12149,62 +11951,60 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pokud při kontrole formálních náležitostí a přijatelnosti </w:t>
       </w:r>
       <w:r w:rsidR="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">žádost </w:t>
       </w:r>
       <w:r w:rsidRPr="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nesplní jedno či více napravitelných kritérií, případně nelze vyhodnotit některé z kritérií, je žadatel vyzván k doplnění žádosti maximálně </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00663941">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2 krát</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lhůta pro doplnění žádosti je </w:t>
       </w:r>
       <w:r w:rsidRPr="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>5 pracovních dnů</w:t>
       </w:r>
       <w:r w:rsidRPr="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> od odeslání </w:t>
       </w:r>
@@ -12233,69 +12033,51 @@
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, v odůvodněných případech lze lhůtu prodloužit </w:t>
       </w:r>
       <w:r w:rsidRPr="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>maximálně o 5 pracovních dnů</w:t>
       </w:r>
       <w:r w:rsidRPr="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. V případě nedostatečného doplnění, nebo v případě, že žadatel na první výzvu nereaguje, je žadateli odeslána 2. výzva k doplnění žádosti. Pokud žadatel ani po opakované výzvě nepodá doplněnou žádost </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, je hodnocení ukončeno – tzn., žádost o </w:t>
+        <w:t xml:space="preserve">. V případě nedostatečného doplnění, nebo v případě, že žadatel na první výzvu nereaguje, je žadateli odeslána 2. výzva k doplnění žádosti. Pokud žadatel ani po opakované výzvě nepodá doplněnou žádost splňující všechna kritéria, je hodnocení ukončeno – tzn., žádost o </w:t>
       </w:r>
       <w:r w:rsidR="00F71ADA" w:rsidRPr="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vydání souladu </w:t>
       </w:r>
       <w:r w:rsidRPr="00663941">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nesplnila formální náležitosti nebo podmínky přijatelnosti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A82131E" w14:textId="7669E216" w:rsidR="0012247B" w:rsidRPr="00F07F21" w:rsidRDefault="0012247B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr>
@@ -12331,71 +12113,51 @@
         <w:t>kapitole Přezkum hodnocení projekt</w:t>
       </w:r>
       <w:r w:rsidR="0035012E" w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ových záměr</w:t>
       </w:r>
       <w:r w:rsidRPr="00676802">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ů IP.  </w:t>
       </w:r>
       <w:r w:rsidR="00F82987" w:rsidRPr="00F07F21">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">(do </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> dnů ode dne doručení depeše)</w:t>
+        <w:t>(do 15ti dnů ode dne doručení depeše)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63FFB12F" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12780,69 +12542,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hodnoticí komise se skládá z těch členů výběrové </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> kteří nejsou ve střetu zájmů s hodnocenými projekt</w:t>
+        <w:t>Hodnoticí komise se skládá z těch členů výběrové komise , kteří nejsou ve střetu zájmů s hodnocenými projekt</w:t>
       </w:r>
       <w:r w:rsidR="0035012E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ové záměr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y, musí mít min. 3 členy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0585913A" w14:textId="77777777" w:rsidR="00820DC7" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:pBdr>
@@ -13024,70 +12768,60 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Projektový </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">manažer </w:t>
+        <w:t xml:space="preserve">Projektový manažer </w:t>
       </w:r>
       <w:r w:rsidR="00254304">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> OP</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00820DC7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> TAK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> připraví veškeré podklady pro hodnocení (součástí podkladů mohou být také odborné posudky od externích expertů). Odborný posudek externího experta slouží jako podklad pro věcné hodnocení a pokud hodnotící komise nevyužije posudek v plném rozsahu nebo ho nevyužije vůbec, musí tento postup odůvodnit v kontrolním listu k danému hodnocenému projekt</w:t>
       </w:r>
       <w:r w:rsidR="0035012E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ovému záměr</w:t>
       </w:r>
       <w:r>
@@ -13226,81 +12960,65 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prezentace projekt</w:t>
       </w:r>
       <w:r w:rsidR="00E95527" w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ových záměrů</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> na místě realizace samotnými </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> na místě realizace samotnými žadateli </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95527" w:rsidRPr="008E1D9E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>- p</w:t>
+      </w:r>
       <w:r w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">žadateli </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> projektu na místě slouží především k seznámení hodnotitelů </w:t>
+        <w:t xml:space="preserve">rezentace projektu na místě slouží především k seznámení hodnotitelů </w:t>
       </w:r>
       <w:r w:rsidR="00E95527" w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hodnotící</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> komise s jednotlivými projekty a zjištění jejich návaznosti na strategii. Je to také možnost žadatelů obhájit účelnost a jedinečnost projektu. Při prezentaci projektu na místě realizace členové </w:t>
       </w:r>
       <w:r w:rsidR="00E95527" w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hodnotící </w:t>
       </w:r>
       <w:r w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -13387,74 +13105,58 @@
         <w:spacing w:after="138"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Věcné hodnocení - p</w:t>
       </w:r>
       <w:r w:rsidR="009A6E92" w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o ukončení prezentací projektů na místě realizace</w:t>
       </w:r>
       <w:r w:rsidR="00E95527" w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> navazuje druhá část věcného hodnocení </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">- </w:t>
+        <w:t xml:space="preserve"> navazuje druhá část věcného hodnocení - </w:t>
       </w:r>
       <w:r w:rsidR="009A6E92" w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zasedne</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> zasedne </w:t>
       </w:r>
       <w:r w:rsidR="00820DC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hodnotící komise</w:t>
       </w:r>
       <w:r w:rsidR="009A6E92" w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> k obodování jednotlivých projekt</w:t>
       </w:r>
       <w:r w:rsidR="00E95527" w:rsidRPr="008E1D9E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ových záměrů.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AE8883A" w14:textId="5581404A" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
@@ -13741,79 +13443,60 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0012247B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zápis vyhotovuje projektový manažer </w:t>
       </w:r>
       <w:r w:rsidR="00214704">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OP TAK</w:t>
       </w:r>
       <w:r w:rsidRPr="0012247B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dle schváleného jednacího řádu </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> dle schváleného jednacího řádu -  </w:t>
+      </w:r>
       <w:r w:rsidRPr="0012247B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>do</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> 7 </w:t>
+        <w:t xml:space="preserve">do 7 </w:t>
       </w:r>
       <w:r w:rsidR="0012247B" w:rsidRPr="0012247B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>PD</w:t>
       </w:r>
       <w:r w:rsidRPr="0012247B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> po skončení schůze výběrové komise a podepisují jej předseda nebo místopředseda a určený člen výběrové komise. Musí být uložen v sekretariátu MAS k nahlédnutí. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BE7C41" w14:textId="77777777" w:rsidR="0035012E" w:rsidRDefault="0035012E" w:rsidP="0035012E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
@@ -13974,69 +13657,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">podepsané etické kodexy řešící střet zájmů </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> přehled Řešení střetu zájmů – seznam hodnotitelů a hodnocených </w:t>
+        <w:t xml:space="preserve">podepsané etické kodexy řešící střet zájmů hodnotitele - tabulkový přehled Řešení střetu zájmů – seznam hodnotitelů a hodnocených </w:t>
       </w:r>
       <w:r w:rsidR="00D153B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">záměrů </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s označením střetu zájmů</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7EAE92" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:pBdr>
@@ -15322,85 +14987,67 @@
         </w:rPr>
         <w:t xml:space="preserve">Projektový manažer </w:t>
       </w:r>
       <w:r w:rsidR="00FF4239">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OP TAK</w:t>
       </w:r>
       <w:r w:rsidRPr="007E30A5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> zveřejňuje zápis</w:t>
       </w:r>
       <w:r w:rsidR="006643BC" w:rsidRPr="007E30A5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">y z jednání výběrové komise a programového </w:t>
-[...8 lines deleted...]
-        <w:t>výboru</w:t>
+        <w:t>y z jednání výběrové komise a programového výboru</w:t>
       </w:r>
       <w:r w:rsidR="006643BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> včetně</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> seznamu vybraných a nevybraných, případně náhradních projekt</w:t>
+        <w:t xml:space="preserve"> včetně seznamu vybraných a nevybraných, případně náhradních projekt</w:t>
       </w:r>
       <w:r w:rsidR="00130CC0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ových záměrů</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na webu MAS do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>5 pracovních dní</w:t>
@@ -15670,69 +15317,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E30A5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">podepsané etické kodexy řešící střet zájmů členů </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> přehled Řešení střetu zájmů – seznam členů PV a hodnocených </w:t>
+        <w:t xml:space="preserve">podepsané etické kodexy řešící střet zájmů členů PV - tabulkový přehled Řešení střetu zájmů – seznam členů PV a hodnocených </w:t>
       </w:r>
       <w:r w:rsidR="00D153B5" w:rsidRPr="007E30A5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">záměrů </w:t>
       </w:r>
       <w:r w:rsidRPr="007E30A5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s označením střetu zájmů</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B83C43" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRPr="00CF63A6" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr>
@@ -16150,85 +15779,67 @@
         </w:rPr>
         <w:t xml:space="preserve">Vyjádření </w:t>
       </w:r>
       <w:r w:rsidR="00535F23" w:rsidRPr="007E30A5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MAS o souladu </w:t>
       </w:r>
       <w:r w:rsidR="00A203D3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>podnikatelského</w:t>
       </w:r>
       <w:r w:rsidR="00535F23" w:rsidRPr="007E30A5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> záměru se schválenou strategií </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> záměru se schválenou strategií CLLD, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E30A5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00535F23" w:rsidRPr="007E30A5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">CLLD, </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> vydává </w:t>
+        <w:t xml:space="preserve">které vydává </w:t>
       </w:r>
       <w:r w:rsidRPr="007E30A5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>v rámci výběru projektových záměrů programový výbor MAS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C00C4AB" w14:textId="284E3BE1" w:rsidR="000126FD" w:rsidRDefault="000126FD" w:rsidP="00FC79DC">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
@@ -16524,76 +16135,59 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6749A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektový manažer </w:t>
       </w:r>
       <w:r w:rsidR="00FC79DC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OP TAK</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6749A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> posoudí, jestli je žádost o podporu v souladu s původně předloženým schváleným záměrem (zejména, název žadatele, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">název,  </w:t>
+        <w:t xml:space="preserve"> posoudí, jestli je žádost o podporu v souladu s původně předloženým schváleným záměrem (zejména, název žadatele, název,  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A203D3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>zaměření</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">zaměření </w:t>
       </w:r>
       <w:r w:rsidR="00A203D3" w:rsidRPr="00A203D3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>podnikatelského</w:t>
       </w:r>
       <w:r w:rsidRPr="00A203D3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6749A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>záměru,</w:t>
       </w:r>
       <w:r w:rsidR="007E30A5" w:rsidRPr="00A6749A">
@@ -17636,69 +17230,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C13A1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">podepsané etické kodexy řešící střet zájmů členů </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> přehled Řešení střetu zájmů – seznam členů KK a hodnocených záměrů s označením střetu zájmů</w:t>
+        <w:t>podepsané etické kodexy řešící střet zájmů členů KK - tabulkový přehled Řešení střetu zájmů – seznam členů KK a hodnocených záměrů s označením střetu zájmů</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EEA3C78" w14:textId="29061CC9" w:rsidR="002C54E3" w:rsidRPr="00170D32" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00170D32">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -18729,69 +18305,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> výběrové komise, programového výboru, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC57DC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>která/ý provádí věcné hodnocení a výběr projekt</w:t>
       </w:r>
       <w:r w:rsidR="0035012E" w:rsidRPr="00EC57DC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ových záměrů</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC57DC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, řádně zdůvodňují svá rozhodnutí a stanoviska, aby bylo zřejmé, na </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> čeho bylo příslušné rozhodnutí učiněno.</w:t>
+        <w:t>, řádně zdůvodňují svá rozhodnutí a stanoviska, aby bylo zřejmé, na základě čeho bylo příslušné rozhodnutí učiněno.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0898288E" w14:textId="77777777" w:rsidR="008974F7" w:rsidRDefault="008974F7" w:rsidP="008974F7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59BBE95A" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
@@ -19897,69 +19455,58 @@
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FE97A69" w14:textId="5A26D888" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Přezkum  hodnocení</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> žádosti o </w:t>
+        <w:t xml:space="preserve">Přezkum  hodnocení žádosti o </w:t>
       </w:r>
       <w:r w:rsidR="00F71ADA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">vydání souladu </w:t>
       </w:r>
       <w:r w:rsidR="00A203D3" w:rsidRPr="00A203D3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>podnikatelského</w:t>
       </w:r>
       <w:r w:rsidR="00F71ADA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
@@ -20290,71 +19837,60 @@
         <w:t>tových záměr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ů.</w:t>
       </w:r>
       <w:r w:rsidR="00603D57">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00603D57" w:rsidRPr="00D207BD">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Do </w:t>
-[...9 lines deleted...]
-        <w:t>31.12.2035</w:t>
+        <w:t>Do 31.12.2035</w:t>
       </w:r>
       <w:r w:rsidR="00A72A94">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4E2EF28C" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
@@ -23859,70 +23395,70 @@
         </w:rPr>
         <w:t>ových záměr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ů a ošetření střetu zájmů.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002C54E3">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C264840" w14:textId="77777777" w:rsidR="000369AF" w:rsidRDefault="000369AF">
+    <w:p w14:paraId="44019FFC" w14:textId="77777777" w:rsidR="005623CB" w:rsidRDefault="005623CB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="593CFB2B" w14:textId="77777777" w:rsidR="000369AF" w:rsidRDefault="000369AF">
+    <w:p w14:paraId="38A9454F" w14:textId="77777777" w:rsidR="005623CB" w:rsidRDefault="005623CB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -23945,51 +23481,51 @@
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D68D760" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="00523881">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
@@ -24012,70 +23548,70 @@
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3A1B8C17" w14:textId="77777777" w:rsidR="002C54E3" w:rsidRDefault="002C54E3">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21255DF6" w14:textId="77777777" w:rsidR="000369AF" w:rsidRDefault="000369AF">
+    <w:p w14:paraId="5942EB33" w14:textId="77777777" w:rsidR="005623CB" w:rsidRDefault="005623CB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5ABAD508" w14:textId="77777777" w:rsidR="000369AF" w:rsidRDefault="000369AF">
+    <w:p w14:paraId="510A7122" w14:textId="77777777" w:rsidR="005623CB" w:rsidRDefault="005623CB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6CBADA3E" w14:textId="16343EA1" w:rsidR="001C6BFE" w:rsidRDefault="00043794" w:rsidP="00BE21BD">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DE0A73B" wp14:editId="08DA6B53">
           <wp:extent cx="4596765" cy="654147"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2075786684" name="Obrázek 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2075786684" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -24142,51 +23678,51 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="673200" cy="561600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="28C8D2E0" w14:textId="77777777" w:rsidR="001C6BFE" w:rsidRDefault="001C6BFE">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C95D5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="389C0176"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -29331,53 +28867,53 @@
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="488139121">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1826819041">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1602909289">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="579602169">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1952009943">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="2113742575">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="40"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C54E3"/>
     <w:rsid w:val="0000540E"/>
     <w:rsid w:val="0000617A"/>
     <w:rsid w:val="0000649F"/>
     <w:rsid w:val="000126FD"/>
@@ -29433,50 +28969,51 @@
     <w:rsid w:val="003E0C2B"/>
     <w:rsid w:val="003E23BE"/>
     <w:rsid w:val="003E2685"/>
     <w:rsid w:val="003E4107"/>
     <w:rsid w:val="003F0FF2"/>
     <w:rsid w:val="003F4C1B"/>
     <w:rsid w:val="00406466"/>
     <w:rsid w:val="00421CB6"/>
     <w:rsid w:val="004402B4"/>
     <w:rsid w:val="00454E36"/>
     <w:rsid w:val="00461E89"/>
     <w:rsid w:val="0046397B"/>
     <w:rsid w:val="004740B2"/>
     <w:rsid w:val="004925AD"/>
     <w:rsid w:val="004B3D06"/>
     <w:rsid w:val="004D542B"/>
     <w:rsid w:val="004F21BA"/>
     <w:rsid w:val="00504A26"/>
     <w:rsid w:val="00523881"/>
     <w:rsid w:val="00535F23"/>
     <w:rsid w:val="005445D2"/>
     <w:rsid w:val="0054541E"/>
     <w:rsid w:val="005470F6"/>
     <w:rsid w:val="00553D4C"/>
     <w:rsid w:val="00556D76"/>
+    <w:rsid w:val="005623CB"/>
     <w:rsid w:val="00581367"/>
     <w:rsid w:val="005A49A0"/>
     <w:rsid w:val="005A5629"/>
     <w:rsid w:val="005B23E5"/>
     <w:rsid w:val="005B49AC"/>
     <w:rsid w:val="005C13A1"/>
     <w:rsid w:val="005C7CC6"/>
     <w:rsid w:val="005E5F4B"/>
     <w:rsid w:val="005E7C83"/>
     <w:rsid w:val="00603D57"/>
     <w:rsid w:val="00610092"/>
     <w:rsid w:val="00611132"/>
     <w:rsid w:val="00615C84"/>
     <w:rsid w:val="00644696"/>
     <w:rsid w:val="00663941"/>
     <w:rsid w:val="006643BC"/>
     <w:rsid w:val="00676802"/>
     <w:rsid w:val="00691E87"/>
     <w:rsid w:val="006B5A51"/>
     <w:rsid w:val="006C02B3"/>
     <w:rsid w:val="006D1FD9"/>
     <w:rsid w:val="006D2022"/>
     <w:rsid w:val="006D43CA"/>
     <w:rsid w:val="006F0A6A"/>
     <w:rsid w:val="006F4A81"/>
@@ -29485,85 +29022,87 @@
     <w:rsid w:val="00731FD5"/>
     <w:rsid w:val="0073734F"/>
     <w:rsid w:val="007424C4"/>
     <w:rsid w:val="007600AA"/>
     <w:rsid w:val="0078142B"/>
     <w:rsid w:val="007C33AE"/>
     <w:rsid w:val="007D1E36"/>
     <w:rsid w:val="007E0AE3"/>
     <w:rsid w:val="007E30A5"/>
     <w:rsid w:val="00820DC7"/>
     <w:rsid w:val="00821E5E"/>
     <w:rsid w:val="00823744"/>
     <w:rsid w:val="00830768"/>
     <w:rsid w:val="00831DDD"/>
     <w:rsid w:val="00852288"/>
     <w:rsid w:val="00854DD8"/>
     <w:rsid w:val="008974F7"/>
     <w:rsid w:val="008A776A"/>
     <w:rsid w:val="008B7FCD"/>
     <w:rsid w:val="008C1672"/>
     <w:rsid w:val="008E1D9E"/>
     <w:rsid w:val="0091154A"/>
     <w:rsid w:val="00913C63"/>
     <w:rsid w:val="009605EC"/>
     <w:rsid w:val="009728C7"/>
+    <w:rsid w:val="00990AB5"/>
     <w:rsid w:val="009A6E92"/>
     <w:rsid w:val="009D5382"/>
     <w:rsid w:val="00A10166"/>
     <w:rsid w:val="00A1374F"/>
     <w:rsid w:val="00A16071"/>
     <w:rsid w:val="00A203D3"/>
     <w:rsid w:val="00A34383"/>
     <w:rsid w:val="00A361CD"/>
     <w:rsid w:val="00A56422"/>
     <w:rsid w:val="00A6749A"/>
     <w:rsid w:val="00A72A94"/>
     <w:rsid w:val="00A81A2C"/>
     <w:rsid w:val="00A9747C"/>
     <w:rsid w:val="00AC6D0D"/>
     <w:rsid w:val="00AD3604"/>
     <w:rsid w:val="00AE529D"/>
     <w:rsid w:val="00AE5E2F"/>
     <w:rsid w:val="00AE63BF"/>
     <w:rsid w:val="00AF7EFD"/>
     <w:rsid w:val="00B07A83"/>
     <w:rsid w:val="00B35471"/>
     <w:rsid w:val="00B56AD3"/>
     <w:rsid w:val="00BA286E"/>
     <w:rsid w:val="00BC38AA"/>
     <w:rsid w:val="00BC7F4C"/>
     <w:rsid w:val="00BE21BD"/>
     <w:rsid w:val="00BE5F1D"/>
     <w:rsid w:val="00C06219"/>
     <w:rsid w:val="00C06720"/>
     <w:rsid w:val="00C26AFD"/>
     <w:rsid w:val="00C446FD"/>
     <w:rsid w:val="00C54AD0"/>
     <w:rsid w:val="00C64626"/>
     <w:rsid w:val="00C77A9C"/>
     <w:rsid w:val="00CA02AB"/>
+    <w:rsid w:val="00CA0344"/>
     <w:rsid w:val="00CC24C2"/>
     <w:rsid w:val="00CC7886"/>
     <w:rsid w:val="00CE0F40"/>
     <w:rsid w:val="00CF63A6"/>
     <w:rsid w:val="00CF67C5"/>
     <w:rsid w:val="00D10852"/>
     <w:rsid w:val="00D153B5"/>
     <w:rsid w:val="00D207BD"/>
     <w:rsid w:val="00D47DAA"/>
     <w:rsid w:val="00D5213A"/>
     <w:rsid w:val="00D72B7F"/>
     <w:rsid w:val="00D85D03"/>
     <w:rsid w:val="00D95C17"/>
     <w:rsid w:val="00DA186F"/>
     <w:rsid w:val="00DA38FA"/>
     <w:rsid w:val="00DA742F"/>
     <w:rsid w:val="00DC7DAF"/>
     <w:rsid w:val="00DE3E14"/>
     <w:rsid w:val="00E038F2"/>
     <w:rsid w:val="00E12611"/>
     <w:rsid w:val="00E20885"/>
     <w:rsid w:val="00E21FED"/>
     <w:rsid w:val="00E43F92"/>
     <w:rsid w:val="00E56B02"/>
     <w:rsid w:val="00E62011"/>
@@ -29610,51 +29149,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2B163B6F"/>
   <w15:docId w15:val="{21463DD0-1CD9-4A8B-86BE-B808FCA8B8DA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -30483,51 +30022,51 @@
   <w:style w:type="paragraph" w:styleId="Zpat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZpatChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C6BFE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
     <w:name w:val="Zápatí Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zpat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001C6BFE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maspolicsko.cz/dokumenty/category/70-stanovy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maspolicsko.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maspolicsko.cz/dokumenty/category/46-jednaci-rady" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rejstrik-firem.kurzy.cz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@maspolicsko.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maspolicsko.cz/programove-ramce/strategie-clld-2021-2027/vyzvy-op-tak" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpo.cz/cz/podnikani/dotace-a-podpora-podnikani/optak-2021-2027/aktivity/technologie/technologie-pro-mas-clld-_-vyzva-i---273477/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.justice.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manazer@maspolicsko.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clld@mpo.cz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agentura-api.org/cs/kontakty/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Martin&#367;\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\Q4ESHNOQ\%20dokumentech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agentura-api.org/cs/kontakty/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maspolicsko.cz/dokumenty/category/70-stanovy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maspolicsko.cz/dokumenty" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maspolicsko.cz/dokumenty/category/70-stanovy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>